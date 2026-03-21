--- v0 (2025-11-17)
+++ v1 (2026-03-21)
@@ -663,391 +663,446 @@
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="364EA89F" w14:textId="77777777" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00432A81">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Appendix A</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A7BE4C" w14:textId="32A557BC" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
+    <w:p w14:paraId="02A7BE4C" w14:textId="5C54B20D" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00432A81">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">amended as of February </w:t>
       </w:r>
       <w:r w:rsidR="00CE3CA3">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="004D0AE6">
+      <w:r w:rsidR="00651568">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00432A81">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="004D0AE6">
+      <w:r w:rsidR="00651568">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="783C179D" w14:textId="77777777" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3462D01C" w14:textId="77777777" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
+    <w:p w14:paraId="4020BCAC" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00432A81">
-[...3 lines deleted...]
-    <w:p w14:paraId="4DD68622" w14:textId="60BB2732" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00651568">
+        <w:t>BrandywineGLOBAL</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00651568">
+        <w:t xml:space="preserve"> – Global Income Opportunities Fund (“BWG”) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F2F1CB" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00432A81">
-[...9 lines deleted...]
-    <w:p w14:paraId="39E49687" w14:textId="77777777" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
+      <w:r w:rsidRPr="00651568">
+        <w:t>Clarion Partners Real Estate Income Fund Inc. (“CPREX”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D32D461" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00432A81">
+      <w:r w:rsidRPr="00651568">
         <w:t>ClearBridge Energy Midstream Opportunity Fund Inc. (“EMO”)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69244CB1" w14:textId="342A8EE8" w:rsidR="004D0AE6" w:rsidRDefault="004D0AE6" w:rsidP="00C43FFE">
+    <w:p w14:paraId="220A9310" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1185"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="00C43FFE">
+      <w:r w:rsidRPr="00651568">
+        <w:t>Franklin Lexington Private Markets Fund (“FLEX”)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00651568">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FB93A67" w14:textId="647EA246" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
-      <w:pPr>
+    <w:p w14:paraId="0AB8902D" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1185"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00432A81">
-[...3 lines deleted...]
-    <w:p w14:paraId="068C9845" w14:textId="77777777" w:rsidR="00AC3384" w:rsidRPr="00432A81" w:rsidRDefault="00AC3384" w:rsidP="00AC3384">
+      <w:r w:rsidRPr="00651568">
+        <w:t>Franklin BSP Lending Fund (“FBLEND”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="657FCD23" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
-        <w:rPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="3271674F" w14:textId="1DB30F59" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
+      </w:pPr>
+      <w:r w:rsidRPr="00651568">
+        <w:t>LMP Capital and Income Fund Inc. (“SCD”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72ED99CB" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="439512FF" w14:textId="0CF62D33" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00651568">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Putnam Managed Municipal Income Trust (“PMM”) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2031F809" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="49069D8C" w14:textId="77777777" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00651568">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Putnam Master Intermediate Income Trust (“PIM”) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38052B57" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="1DD6E6B1" w14:textId="3717FDAB" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00651568">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Putnam Municipal Opportunities Trust (“PMO”) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="395C79AE" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="585CDE2E" w14:textId="77777777" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00651568">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Putnam Premier Income Trust (“PPT”) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB4D038" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="7DC4684B" w14:textId="77777777" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00651568">
+        <w:t>Western Asset Diversified Income Fund (“WDI”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A4BD2C" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00432A81">
-[...3 lines deleted...]
-    <w:p w14:paraId="72E2006D" w14:textId="77777777" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
+      <w:r w:rsidRPr="00651568">
+        <w:t>Western Asset Emerging Markets Debt Fund Inc. (“EMD”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14FA301B" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00432A81">
-[...3 lines deleted...]
-    <w:p w14:paraId="6337471D" w14:textId="0224F01F" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
+      <w:r w:rsidRPr="00651568">
+        <w:t>Western Asset Global Corporate Opportunity Fund Inc. (“GDO”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D143D98" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00432A81">
-[...3 lines deleted...]
-    <w:p w14:paraId="5AB00491" w14:textId="77777777" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
+      <w:r w:rsidRPr="00651568">
+        <w:t>Western Asset Global High Income Fund Inc. (“EHI”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C8BDC7D" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00432A81">
-[...3 lines deleted...]
-    <w:p w14:paraId="2C4E41F1" w14:textId="77777777" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
+      <w:r w:rsidRPr="00651568">
+        <w:t>Western Asset High Income Fund II Inc. (“HIX”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C96934E" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00432A81">
-[...3 lines deleted...]
-    <w:p w14:paraId="4DF51DE6" w14:textId="77777777" w:rsidR="00432A81" w:rsidRPr="00432A81" w:rsidRDefault="00432A81" w:rsidP="00432A81">
+      <w:r w:rsidRPr="00651568">
+        <w:t>Western Asset High Income Opportunity Fund Inc. (“HIO”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479E06C1" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00432A81">
+      <w:r w:rsidRPr="00651568">
+        <w:t>Western Asset High Yield Opportunity Fund Inc. (“HYI”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1475F7C7" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00651568">
+        <w:t>Western Asset Intermediate Muni Fund Inc. (“SBI”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CAF42B8" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00651568">
+        <w:t>Western Asset Investment Grade Opportunity Trust Inc. (“IGI”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A9F53E0" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00651568">
+        <w:t>Western Asset Managed Municipals Fund Inc. (“MMU”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D6199B6" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00651568">
+        <w:t>Western Asset Mortgage Opportunity Fund Inc. (“DMO”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74528CB8" w14:textId="77777777" w:rsidR="00651568" w:rsidRPr="00651568" w:rsidRDefault="00651568" w:rsidP="00651568">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00651568">
         <w:t>Western Asset Municipal High Income Fund Inc. (“MHF”)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045A8014" w14:textId="77777777" w:rsidR="001F1D40" w:rsidRPr="001F1D40" w:rsidRDefault="001F1D40" w:rsidP="001F1D40">
+    <w:p w14:paraId="045A8014" w14:textId="77777777" w:rsidR="001F1D40" w:rsidRPr="001F1D40" w:rsidRDefault="001F1D40" w:rsidP="00651568">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1418FEDB" w14:textId="6DB8BF21" w:rsidR="004A4FCE" w:rsidRDefault="004A4FCE" w:rsidP="001F1D40">
       <w:pPr>
         <w:pStyle w:val="BlockTextSglJ"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004A4FCE">
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="222" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70C0577F" w14:textId="77777777" w:rsidR="002B747C" w:rsidRDefault="002B747C">
+    <w:p w14:paraId="46B5F12D" w14:textId="77777777" w:rsidR="00F56643" w:rsidRDefault="00F56643">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25DEA15B" w14:textId="77777777" w:rsidR="002B747C" w:rsidRDefault="002B747C">
+    <w:p w14:paraId="004A36F5" w14:textId="77777777" w:rsidR="00F56643" w:rsidRDefault="00F56643">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="17C076AC" w14:textId="77777777" w:rsidR="002B747C" w:rsidRDefault="002B747C">
+    <w:p w14:paraId="21F69115" w14:textId="77777777" w:rsidR="00F56643" w:rsidRDefault="00F56643">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1141,65 +1196,65 @@
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26089019" w14:textId="77777777" w:rsidR="004A4FCE" w:rsidRDefault="00E47221">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:iCs/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t># 1538319  v. 6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1ABB828C" w14:textId="77777777" w:rsidR="002B747C" w:rsidRDefault="002B747C">
+    <w:p w14:paraId="6E78F252" w14:textId="77777777" w:rsidR="00F56643" w:rsidRDefault="00F56643">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="607F7B5C" w14:textId="77777777" w:rsidR="002B747C" w:rsidRDefault="002B747C">
+    <w:p w14:paraId="47D8C00A" w14:textId="77777777" w:rsidR="00F56643" w:rsidRDefault="00F56643">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="12E1B7B7" w14:textId="77777777" w:rsidR="002B747C" w:rsidRDefault="002B747C">
+    <w:p w14:paraId="4126555C" w14:textId="77777777" w:rsidR="00F56643" w:rsidRDefault="00F56643">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="487D7748" w14:textId="77777777" w:rsidR="004A4FCE" w:rsidRDefault="00E47221">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3716,111 +3771,116 @@
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="362287406">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="986395871">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="135922885">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="184752859">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1948392743">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004A4FCE"/>
+    <w:rsid w:val="00030EE0"/>
     <w:rsid w:val="0005209C"/>
     <w:rsid w:val="00097BB9"/>
     <w:rsid w:val="001678EE"/>
     <w:rsid w:val="001F1D40"/>
     <w:rsid w:val="002B747C"/>
     <w:rsid w:val="00432A81"/>
     <w:rsid w:val="004752A4"/>
     <w:rsid w:val="00487052"/>
     <w:rsid w:val="004A4FCE"/>
     <w:rsid w:val="004A76C6"/>
     <w:rsid w:val="004D0AE6"/>
     <w:rsid w:val="004D1D00"/>
     <w:rsid w:val="004F5F6D"/>
+    <w:rsid w:val="00555572"/>
+    <w:rsid w:val="00651568"/>
     <w:rsid w:val="006671AC"/>
     <w:rsid w:val="0089041C"/>
     <w:rsid w:val="00913AEE"/>
     <w:rsid w:val="009242DB"/>
     <w:rsid w:val="00961E29"/>
     <w:rsid w:val="009C5BC7"/>
     <w:rsid w:val="009F49C7"/>
     <w:rsid w:val="00A75348"/>
     <w:rsid w:val="00AC3384"/>
     <w:rsid w:val="00B15DFE"/>
     <w:rsid w:val="00B2639D"/>
     <w:rsid w:val="00C43FFE"/>
     <w:rsid w:val="00C76B66"/>
     <w:rsid w:val="00CE3CA3"/>
     <w:rsid w:val="00D63E7A"/>
     <w:rsid w:val="00D96697"/>
     <w:rsid w:val="00E067A2"/>
     <w:rsid w:val="00E22727"/>
     <w:rsid w:val="00E47221"/>
     <w:rsid w:val="00E61F1D"/>
     <w:rsid w:val="00ED12FC"/>
+    <w:rsid w:val="00F56643"/>
     <w:rsid w:val="3D06FCFA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -5810,56 +5870,58 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ab258089-e9f1-4ded-895c-ce9193893252">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b3f97d5d-cdbd-48c8-84c4-9801c6f521c2" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B4861A3B79158C4299C3135AE60381A9" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="857444f2869d1141b3ed35687a3f8be3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ab258089-e9f1-4ded-895c-ce9193893252" xmlns:ns3="b3f97d5d-cdbd-48c8-84c4-9801c6f521c2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dd714c768416bdbb655867c97ba6d80f" ns2:_="" ns3:_="">
     <xsd:import namespace="ab258089-e9f1-4ded-895c-ce9193893252"/>
     <xsd:import namespace="b3f97d5d-cdbd-48c8-84c4-9801c6f521c2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
@@ -6062,113 +6124,111 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FA2EF46-6728-43AA-939E-CD19CD1DEF96}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{229656B1-F801-4E79-8AFC-6586128023B8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ab258089-e9f1-4ded-895c-ce9193893252"/>
+    <ds:schemaRef ds:uri="b3f97d5d-cdbd-48c8-84c4-9801c6f521c2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A799AE79-581D-4C8C-80A1-6994E2D91789}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ab258089-e9f1-4ded-895c-ce9193893252"/>
     <ds:schemaRef ds:uri="b3f97d5d-cdbd-48c8-84c4-9801c6f521c2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{229656B1-F801-4E79-8AFC-6586128023B8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FA2EF46-6728-43AA-939E-CD19CD1DEF96}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="b3f97d5d-cdbd-48c8-84c4-9801c6f521c2"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>874</Words>
-  <Characters>4988</Characters>
+  <Words>918</Words>
+  <Characters>5152</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>95</Lines>
+  <Paragraphs>61</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5851</CharactersWithSpaces>
+  <CharactersWithSpaces>6009</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B4861A3B79158C4299C3135AE60381A9</vt:lpwstr>
   </property>